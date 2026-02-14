--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -1,68 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\billf\Desktop\MetroEstimates 2024\2024 Estimates for 2025\Send Out B\Send to WAPO\New folder\FINAL MARCH 31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\billf\Desktop\AAA papersrJan24\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06C96FF8-4933-4A69-907F-320C3D423BD5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8676"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$I$68</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A12" i="1" l="1"/>
   <c r="A13" i="1" s="1"/>
   <c r="A14" i="1" s="1"/>
   <c r="A15" i="1" s="1"/>
   <c r="A16" i="1" s="1"/>
   <c r="A17" i="1" s="1"/>
   <c r="A18" i="1" s="1"/>
   <c r="A19" i="1" s="1"/>
   <c r="A20" i="1" s="1"/>
   <c r="A21" i="1" s="1"/>
   <c r="A22" i="1" s="1"/>
   <c r="A23" i="1" s="1"/>
   <c r="A24" i="1" s="1"/>
   <c r="A25" i="1" s="1"/>
   <c r="A26" i="1" s="1"/>
   <c r="A27" i="1" s="1"/>
   <c r="A28" i="1" s="1"/>
   <c r="A29" i="1" s="1"/>
@@ -323,51 +335,51 @@
   <si>
     <t>.San Antonio-New Braunfels, TX Metro Area</t>
   </si>
   <si>
     <t>.Memphis, TN-MS-AR Metro Area</t>
   </si>
   <si>
     <t>Ranked by Total Population Change</t>
   </si>
   <si>
     <t>na\</t>
   </si>
   <si>
     <t xml:space="preserve">* Demographic components of change in census estimates for a given year due not  exactly equal total population change due to residual factors  </t>
   </si>
   <si>
     <t>Components of Change*</t>
   </si>
   <si>
     <t>Table B:  Major Metropolitan Areas: Immigration Contributions to 2023-2024 Growth</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0_);[Red]\(0\)"/>
     <numFmt numFmtId="165" formatCode="0.00_);[Red]\(0.00\)"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
@@ -617,340 +629,289 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="82">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="38" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="38" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="38" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="38" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-      <protection locked="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="38" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="38" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="38" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="FFFFFF"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="000000"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
@@ -1164,1687 +1125,2002 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M87"/>
+  <dimension ref="A1:O80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:A1048576"/>
+      <selection activeCell="L6" sqref="L6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="49" customWidth="1"/>
     <col min="3" max="3" width="14" customWidth="1"/>
-    <col min="4" max="6" width="11.33203125" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="9" width="14.44140625" style="4" customWidth="1"/>
+    <col min="4" max="6" width="11.33203125" customWidth="1"/>
+    <col min="7" max="7" width="2.33203125" customWidth="1"/>
+    <col min="8" max="8" width="14.44140625" style="39" customWidth="1"/>
+    <col min="9" max="10" width="14.44140625" customWidth="1"/>
+    <col min="11" max="11" width="14.44140625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="B2" s="11" t="s">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A1" s="3"/>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A2" s="4"/>
+      <c r="B2" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="12"/>
-[...17 lines deleted...]
-      <c r="B4" s="16" t="s">
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="40"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="64"/>
+    </row>
+    <row r="3" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+      <c r="A3" s="4"/>
+      <c r="B3" s="5"/>
+    </row>
+    <row r="4" spans="1:14" ht="21" x14ac:dyDescent="0.4">
+      <c r="A4" s="4"/>
+      <c r="B4" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="C4" s="9"/>
-[...19 lines deleted...]
-      <c r="C6" s="57" t="s">
+      <c r="C4" s="6"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="11"/>
+      <c r="I4" s="7"/>
+      <c r="J4" s="7"/>
+      <c r="K4" s="65"/>
+    </row>
+    <row r="5" spans="1:14" ht="21" x14ac:dyDescent="0.4">
+      <c r="B5" s="12"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="7"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="65"/>
+    </row>
+    <row r="6" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="39" t="s">
         <v>61</v>
       </c>
-      <c r="D6" s="4"/>
-[...7 lines deleted...]
-      <c r="B7" s="47" t="s">
+      <c r="H6"/>
+    </row>
+    <row r="7" spans="1:14" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="4"/>
+      <c r="B7" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="C7" s="44" t="s">
+      <c r="C7" s="26" t="s">
         <v>56</v>
       </c>
-      <c r="D7" s="24" t="s">
+      <c r="D7" s="17" t="s">
         <v>76</v>
       </c>
-      <c r="E7" s="24"/>
-[...2 lines deleted...]
-      <c r="H7" s="59" t="s">
+      <c r="E7" s="17"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="11"/>
+      <c r="H7" s="41" t="s">
         <v>59</v>
       </c>
-      <c r="I7" s="15"/>
-[...4 lines deleted...]
-      <c r="C8" s="45" t="s">
+      <c r="I7" s="7"/>
+      <c r="J7" s="7"/>
+      <c r="K7" s="65"/>
+    </row>
+    <row r="8" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+      <c r="A8" s="4"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="D8" s="37"/>
-      <c r="E8" s="38" t="s">
+      <c r="D8" s="24"/>
+      <c r="E8" s="25" t="s">
         <v>54</v>
       </c>
-      <c r="F8" s="39" t="s">
+      <c r="F8" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="G8" s="14"/>
-      <c r="H8" s="60" t="s">
+      <c r="G8" s="11"/>
+      <c r="H8" s="42" t="s">
         <v>58</v>
       </c>
-      <c r="I8" s="49"/>
-[...4 lines deleted...]
-      <c r="C9" s="36" t="s">
+      <c r="I8" s="33"/>
+      <c r="J8" s="33"/>
+      <c r="K8" s="66"/>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A9" s="10"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="D9" s="40" t="s">
+      <c r="D9" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="E9" s="17" t="s">
+      <c r="E9" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="F9" s="41" t="s">
+      <c r="F9" s="28" t="s">
         <v>55</v>
       </c>
-      <c r="G9" s="22"/>
-      <c r="H9" s="61" t="s">
+      <c r="G9" s="16"/>
+      <c r="H9" s="43" t="s">
         <v>60</v>
       </c>
-      <c r="I9" s="50"/>
-[...3 lines deleted...]
-      <c r="B10" s="18" t="s">
+      <c r="I9" s="8"/>
+      <c r="J9" s="8"/>
+      <c r="K9" s="67"/>
+      <c r="L9" s="59"/>
+      <c r="M9" s="59"/>
+    </row>
+    <row r="10" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="4"/>
+      <c r="B10" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="72" t="s">
+      <c r="C10" s="51" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="42" t="s">
+      <c r="D10" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="E10" s="19" t="s">
+      <c r="E10" s="84" t="s">
         <v>7</v>
       </c>
-      <c r="F10" s="43" t="s">
+      <c r="F10" s="85" t="s">
         <v>7</v>
       </c>
-      <c r="G10" s="2"/>
-[...3 lines deleted...]
-      <c r="A11" s="7">
+      <c r="G10" s="1"/>
+      <c r="H10" s="44"/>
+      <c r="I10" s="59"/>
+      <c r="J10" s="59"/>
+      <c r="K10" s="73"/>
+      <c r="L10" s="59"/>
+      <c r="M10" s="59"/>
+      <c r="N10" s="59"/>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A11" s="4">
         <v>1</v>
       </c>
-      <c r="B11" s="73" t="s">
+      <c r="B11" s="52" t="s">
         <v>33</v>
       </c>
-      <c r="C11" s="66">
+      <c r="C11" s="79">
         <v>213403</v>
       </c>
-      <c r="D11" s="75">
+      <c r="D11" s="86">
         <v>72316</v>
       </c>
-      <c r="E11" s="29">
+      <c r="E11" s="19">
         <v>-146888</v>
       </c>
-      <c r="F11" s="30">
+      <c r="F11" s="20">
         <v>287993</v>
       </c>
-      <c r="G11" s="2"/>
-      <c r="H11" s="76" t="s">
+      <c r="G11" s="1"/>
+      <c r="H11" s="54" t="s">
         <v>57</v>
       </c>
-      <c r="I11" s="27"/>
-[...2 lines deleted...]
-      <c r="A12" s="7">
+      <c r="I11" s="76"/>
+      <c r="J11" s="60"/>
+      <c r="K11" s="77"/>
+      <c r="L11" s="74"/>
+      <c r="M11" s="60"/>
+      <c r="N11" s="59"/>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A12" s="4">
         <f>1+A11</f>
         <v>2</v>
       </c>
-      <c r="B12" s="7" t="s">
+      <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="33">
+      <c r="C12" s="80">
         <v>198171</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D12" s="80">
         <v>48866</v>
       </c>
-      <c r="E12" s="5">
+      <c r="E12" s="73">
         <v>21408</v>
       </c>
-      <c r="F12" s="20">
+      <c r="F12" s="15">
         <v>128135</v>
       </c>
-      <c r="H12" s="77">
+      <c r="H12" s="55">
         <v>0.64658804769618161</v>
       </c>
-      <c r="I12" s="27"/>
-[...2 lines deleted...]
-      <c r="A13" s="7">
+      <c r="I12" s="76"/>
+      <c r="J12" s="60"/>
+      <c r="K12" s="77"/>
+      <c r="L12" s="74"/>
+      <c r="M12" s="60"/>
+      <c r="N12" s="59"/>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A13" s="4">
         <f t="shared" ref="A13:A56" si="0">1+A12</f>
         <v>3</v>
       </c>
-      <c r="B13" s="7" t="s">
+      <c r="B13" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="33">
+      <c r="C13" s="80">
         <v>177922</v>
       </c>
-      <c r="D13" s="5">
+      <c r="D13" s="80">
         <v>51145</v>
       </c>
-      <c r="E13" s="5">
+      <c r="E13" s="73">
         <v>24550</v>
       </c>
-      <c r="F13" s="20">
+      <c r="F13" s="15">
         <v>102702</v>
       </c>
-      <c r="H13" s="77">
+      <c r="H13" s="55">
         <v>0.57723047177976872</v>
       </c>
-      <c r="I13" s="27"/>
-[...2 lines deleted...]
-      <c r="A14" s="7">
+      <c r="I13" s="76"/>
+      <c r="J13" s="60"/>
+      <c r="K13" s="77"/>
+      <c r="L13" s="74"/>
+      <c r="M13" s="60"/>
+      <c r="N13" s="59"/>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A14" s="4">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="B14" s="67" t="s">
+      <c r="B14" s="46" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="23">
+      <c r="C14" s="81">
         <v>123471</v>
       </c>
-      <c r="D14" s="5">
+      <c r="D14" s="80">
         <v>11892</v>
       </c>
-      <c r="E14" s="31">
+      <c r="E14" s="75">
         <v>-101303</v>
       </c>
-      <c r="F14" s="32">
+      <c r="F14" s="21">
         <v>213227</v>
       </c>
-      <c r="G14" s="2"/>
-      <c r="H14" s="78" t="s">
+      <c r="G14" s="1"/>
+      <c r="H14" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I14" s="27"/>
-[...2 lines deleted...]
-      <c r="A15" s="7">
+      <c r="I14" s="76"/>
+      <c r="J14" s="60"/>
+      <c r="K14" s="77"/>
+      <c r="L14" s="74"/>
+      <c r="M14" s="60"/>
+      <c r="N14" s="59"/>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A15" s="4">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="B15" s="67" t="s">
+      <c r="B15" s="46" t="s">
         <v>10</v>
       </c>
-      <c r="C15" s="23">
+      <c r="C15" s="81">
         <v>90608</v>
       </c>
-      <c r="D15" s="5">
+      <c r="D15" s="80">
         <v>29519</v>
       </c>
-      <c r="E15" s="31">
+      <c r="E15" s="75">
         <v>-22784</v>
       </c>
-      <c r="F15" s="32">
+      <c r="F15" s="21">
         <v>83844</v>
       </c>
-      <c r="G15" s="2"/>
-      <c r="H15" s="77">
+      <c r="G15" s="1"/>
+      <c r="H15" s="55">
         <v>0.92534875507681436</v>
       </c>
-      <c r="I15" s="27"/>
-[...2 lines deleted...]
-      <c r="A16" s="7">
+      <c r="I15" s="76"/>
+      <c r="J15" s="60"/>
+      <c r="K15" s="77"/>
+      <c r="L15" s="74"/>
+      <c r="M15" s="60"/>
+      <c r="N15" s="59"/>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A16" s="4">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="B16" s="7" t="s">
+      <c r="B16" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="33">
+      <c r="C16" s="80">
         <v>84938</v>
       </c>
-      <c r="D16" s="5">
+      <c r="D16" s="80">
         <v>14548</v>
       </c>
-      <c r="E16" s="5">
+      <c r="E16" s="73">
         <v>21364</v>
       </c>
-      <c r="F16" s="20">
+      <c r="F16" s="15">
         <v>48833</v>
       </c>
-      <c r="H16" s="77">
+      <c r="H16" s="55">
         <v>0.57492523958652197</v>
       </c>
-      <c r="I16" s="27"/>
-[...2 lines deleted...]
-      <c r="A17" s="7">
+      <c r="I16" s="76"/>
+      <c r="J16" s="60"/>
+      <c r="K16" s="77"/>
+      <c r="L16" s="74"/>
+      <c r="M16" s="60"/>
+      <c r="N16" s="59"/>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A17" s="4">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="B17" s="67" t="s">
+      <c r="B17" s="46" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="23">
+      <c r="C17" s="81">
         <v>75969</v>
       </c>
-      <c r="D17" s="5">
+      <c r="D17" s="80">
         <v>8336</v>
       </c>
-      <c r="E17" s="31">
+      <c r="E17" s="75">
         <v>779</v>
       </c>
-      <c r="F17" s="32">
+      <c r="F17" s="21">
         <v>66800</v>
       </c>
-      <c r="G17" s="2"/>
-      <c r="H17" s="77">
+      <c r="G17" s="1"/>
+      <c r="H17" s="55">
         <v>0.8793060327238742</v>
       </c>
-      <c r="I17" s="27"/>
-[...2 lines deleted...]
-      <c r="A18" s="7">
+      <c r="I17" s="76"/>
+      <c r="J17" s="60"/>
+      <c r="K17" s="77"/>
+      <c r="L17" s="74"/>
+      <c r="M17" s="60"/>
+      <c r="N17" s="59"/>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A18" s="4">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
-      <c r="B18" s="7" t="s">
+      <c r="B18" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="C18" s="33">
+      <c r="C18" s="80">
         <v>75134</v>
       </c>
-      <c r="D18" s="5">
+      <c r="D18" s="80">
         <v>26916</v>
       </c>
-      <c r="E18" s="5">
+      <c r="E18" s="73">
         <v>-1328</v>
       </c>
-      <c r="F18" s="20">
+      <c r="F18" s="15">
         <v>49691</v>
       </c>
-      <c r="H18" s="77">
+      <c r="H18" s="55">
         <v>0.66136502781696704</v>
       </c>
-      <c r="I18" s="27"/>
-[...2 lines deleted...]
-      <c r="A19" s="7">
+      <c r="I18" s="76"/>
+      <c r="J18" s="60"/>
+      <c r="K18" s="77"/>
+      <c r="L18" s="74"/>
+      <c r="M18" s="60"/>
+      <c r="N18" s="59"/>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A19" s="4">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="B19" s="67" t="s">
+      <c r="B19" s="46" t="s">
         <v>35</v>
       </c>
-      <c r="C19" s="23">
+      <c r="C19" s="81">
         <v>70762</v>
       </c>
-      <c r="D19" s="5">
+      <c r="D19" s="80">
         <v>19388</v>
       </c>
-      <c r="E19" s="31">
+      <c r="E19" s="75">
         <v>-45217</v>
       </c>
-      <c r="F19" s="32">
+      <c r="F19" s="21">
         <v>96448</v>
       </c>
-      <c r="G19" s="2"/>
-      <c r="H19" s="78" t="s">
+      <c r="G19" s="1"/>
+      <c r="H19" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I19" s="27"/>
-[...2 lines deleted...]
-      <c r="A20" s="7">
+      <c r="I19" s="76"/>
+      <c r="J19" s="60"/>
+      <c r="K19" s="77"/>
+      <c r="L19" s="74"/>
+      <c r="M19" s="60"/>
+      <c r="N19" s="59"/>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A20" s="4">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="B20" s="67" t="s">
+      <c r="B20" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="C20" s="23">
+      <c r="C20" s="81">
         <v>66666</v>
       </c>
-      <c r="D20" s="5">
+      <c r="D20" s="80">
         <v>14172</v>
       </c>
-      <c r="E20" s="31">
+      <c r="E20" s="75">
         <v>-11483</v>
       </c>
-      <c r="F20" s="32">
+      <c r="F20" s="21">
         <v>63849</v>
       </c>
-      <c r="G20" s="2"/>
-      <c r="H20" s="77">
+      <c r="G20" s="1"/>
+      <c r="H20" s="55">
         <v>0.95774457744577446</v>
       </c>
-      <c r="I20" s="27"/>
-[...2 lines deleted...]
-      <c r="A21" s="7">
+      <c r="I20" s="76"/>
+      <c r="J20" s="60"/>
+      <c r="K20" s="77"/>
+      <c r="L20" s="74"/>
+      <c r="M20" s="60"/>
+      <c r="N20" s="59"/>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A21" s="4">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
-      <c r="B21" s="7" t="s">
+      <c r="B21" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="C21" s="33">
+      <c r="C21" s="80">
         <v>61176</v>
       </c>
-      <c r="D21" s="56">
-[...2 lines deleted...]
-      <c r="E21" s="56">
+      <c r="D21" s="80">
+        <v>9670</v>
+      </c>
+      <c r="E21" s="60">
+        <v>24377</v>
+      </c>
+      <c r="F21" s="62">
         <v>27162</v>
       </c>
-      <c r="F21" s="65">
-[...3 lines deleted...]
-      <c r="H21" s="77">
+      <c r="H21" s="55">
         <v>0.4439976461357395</v>
       </c>
-      <c r="I21" s="27"/>
-[...2 lines deleted...]
-      <c r="A22" s="7">
+      <c r="I21" s="76"/>
+      <c r="J21" s="60"/>
+      <c r="K21" s="77"/>
+      <c r="L21" s="74"/>
+      <c r="M21" s="60"/>
+      <c r="N21" s="59"/>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A22" s="4">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
-      <c r="B22" s="67" t="s">
+      <c r="B22" s="46" t="s">
         <v>36</v>
       </c>
-      <c r="C22" s="23">
+      <c r="C22" s="81">
         <v>58251</v>
       </c>
-      <c r="D22" s="5">
+      <c r="D22" s="80">
         <v>10111</v>
       </c>
-      <c r="E22" s="31">
+      <c r="E22" s="60">
         <v>-22736</v>
       </c>
-      <c r="F22" s="32">
+      <c r="F22" s="62">
         <v>70731</v>
       </c>
-      <c r="G22" s="2"/>
-      <c r="H22" s="78" t="s">
+      <c r="G22" s="1"/>
+      <c r="H22" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I22" s="27"/>
-[...2 lines deleted...]
-      <c r="A23" s="7">
+      <c r="I22" s="76"/>
+      <c r="J22" s="60"/>
+      <c r="K22" s="77"/>
+      <c r="L22" s="74"/>
+      <c r="M22" s="60"/>
+      <c r="N22" s="59"/>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A23" s="4">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
-      <c r="B23" s="7" t="s">
+      <c r="B23" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="C23" s="33">
+      <c r="C23" s="80">
         <v>58019</v>
       </c>
-      <c r="D23" s="5">
-[...2 lines deleted...]
-      <c r="E23" s="5">
+      <c r="D23" s="80">
+        <v>16162</v>
+      </c>
+      <c r="E23" s="60">
+        <v>13980</v>
+      </c>
+      <c r="F23" s="62">
         <v>27946</v>
       </c>
-      <c r="F23" s="20">
-[...2 lines deleted...]
-      <c r="H23" s="77">
+      <c r="H23" s="55">
         <v>0.48166979782485053</v>
       </c>
-      <c r="I23" s="27"/>
-[...2 lines deleted...]
-      <c r="A24" s="7">
+      <c r="I23" s="76"/>
+      <c r="J23" s="60"/>
+      <c r="K23" s="77"/>
+      <c r="L23" s="74"/>
+      <c r="M23" s="60"/>
+      <c r="N23" s="59"/>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A24" s="4">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
-      <c r="B24" s="67" t="s">
+      <c r="B24" s="46" t="s">
         <v>15</v>
       </c>
-      <c r="C24" s="23">
+      <c r="C24" s="81">
         <v>50482</v>
       </c>
-      <c r="D24" s="5">
+      <c r="D24" s="80">
         <v>-3180</v>
       </c>
-      <c r="E24" s="31">
+      <c r="E24" s="60">
         <v>10544</v>
       </c>
-      <c r="F24" s="32">
+      <c r="F24" s="62">
         <v>43292</v>
       </c>
-      <c r="G24" s="2"/>
-      <c r="H24" s="77">
+      <c r="G24" s="1"/>
+      <c r="H24" s="55">
         <v>0.85757299631551842</v>
       </c>
-      <c r="I24" s="27"/>
-[...2 lines deleted...]
-      <c r="A25" s="7">
+      <c r="I24" s="76"/>
+      <c r="J24" s="60"/>
+      <c r="K24" s="77"/>
+      <c r="L24" s="74"/>
+      <c r="M24" s="60"/>
+      <c r="N24" s="59"/>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A25" s="4">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="B25" s="67" t="s">
+      <c r="B25" s="46" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="23">
+      <c r="C25" s="81">
         <v>49520</v>
       </c>
-      <c r="D25" s="5">
+      <c r="D25" s="80">
         <v>9790</v>
       </c>
-      <c r="E25" s="31">
+      <c r="E25" s="60">
         <v>-12769</v>
       </c>
-      <c r="F25" s="32">
+      <c r="F25" s="62">
         <v>52618</v>
       </c>
-      <c r="G25" s="2"/>
-      <c r="H25" s="78" t="s">
+      <c r="G25" s="1"/>
+      <c r="H25" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I25" s="27"/>
-[...2 lines deleted...]
-      <c r="A26" s="7">
+      <c r="I25" s="76"/>
+      <c r="J25" s="60"/>
+      <c r="K25" s="77"/>
+      <c r="L25" s="74"/>
+      <c r="M25" s="60"/>
+      <c r="N25" s="59"/>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A26" s="4">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="B26" s="7" t="s">
+      <c r="B26" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="C26" s="33">
+      <c r="C26" s="80">
         <v>47297</v>
       </c>
-      <c r="D26" s="5">
-[...2 lines deleted...]
-      <c r="E26" s="5">
+      <c r="D26" s="80">
+        <v>12010</v>
+      </c>
+      <c r="E26" s="60">
+        <v>18981</v>
+      </c>
+      <c r="F26" s="62">
         <v>16261</v>
       </c>
-      <c r="F26" s="20">
-[...2 lines deleted...]
-      <c r="H26" s="77">
+      <c r="H26" s="55">
         <v>0.34380616106729811</v>
       </c>
-      <c r="I26" s="27"/>
-[...2 lines deleted...]
-      <c r="A27" s="7">
+      <c r="I26" s="76"/>
+      <c r="J26" s="60"/>
+      <c r="K26" s="77"/>
+      <c r="L26" s="74"/>
+      <c r="M26" s="60"/>
+      <c r="N26" s="59"/>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A27" s="4">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
-      <c r="B27" s="7" t="s">
+      <c r="B27" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="C27" s="33">
+      <c r="C27" s="80">
         <v>44586</v>
       </c>
-      <c r="D27" s="5">
+      <c r="D27" s="80">
         <v>4502</v>
       </c>
-      <c r="E27" s="5">
+      <c r="E27" s="73">
         <v>12225</v>
       </c>
-      <c r="F27" s="20">
+      <c r="F27" s="15">
         <v>27701</v>
       </c>
-      <c r="H27" s="77">
+      <c r="H27" s="55">
         <v>0.62129367963037718</v>
       </c>
-      <c r="I27" s="27"/>
-[...2 lines deleted...]
-      <c r="A28" s="7">
+      <c r="I27" s="76"/>
+      <c r="J27" s="60"/>
+      <c r="K27" s="77"/>
+      <c r="L27" s="74"/>
+      <c r="M27" s="60"/>
+      <c r="N27" s="59"/>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A28" s="4">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
-      <c r="B28" s="67" t="s">
+      <c r="B28" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="C28" s="23">
+      <c r="C28" s="81">
         <v>41214</v>
       </c>
-      <c r="D28" s="5">
+      <c r="D28" s="80">
         <v>33387</v>
       </c>
-      <c r="E28" s="31">
+      <c r="E28" s="75">
         <v>-122349</v>
       </c>
-      <c r="F28" s="32">
+      <c r="F28" s="21">
         <v>130009</v>
       </c>
-      <c r="G28" s="2"/>
-      <c r="H28" s="78" t="s">
+      <c r="G28" s="1"/>
+      <c r="H28" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I28" s="27"/>
-[...2 lines deleted...]
-      <c r="A29" s="7">
+      <c r="I28" s="76"/>
+      <c r="J28" s="60"/>
+      <c r="K28" s="77"/>
+      <c r="L28" s="74"/>
+      <c r="M28" s="60"/>
+      <c r="N28" s="59"/>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A29" s="4">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
-      <c r="B29" s="7" t="s">
+      <c r="B29" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="C29" s="33">
+      <c r="C29" s="80">
         <v>39860</v>
       </c>
-      <c r="D29" s="5">
+      <c r="D29" s="80">
         <v>17405</v>
       </c>
-      <c r="E29" s="5">
+      <c r="E29" s="73">
         <v>1249</v>
       </c>
-      <c r="F29" s="20">
+      <c r="F29" s="15">
         <v>21021</v>
       </c>
-      <c r="H29" s="77">
+      <c r="H29" s="55">
         <v>0.52737079779227292</v>
       </c>
-      <c r="I29" s="27"/>
-[...2 lines deleted...]
-      <c r="A30" s="7">
+      <c r="I29" s="76"/>
+      <c r="J29" s="60"/>
+      <c r="K29" s="77"/>
+      <c r="L29" s="74"/>
+      <c r="M29" s="60"/>
+      <c r="N29" s="59"/>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A30" s="4">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
-      <c r="B30" s="7" t="s">
+      <c r="B30" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="C30" s="33">
+      <c r="C30" s="80">
         <v>39165</v>
       </c>
-      <c r="D30" s="5">
-[...2 lines deleted...]
-      <c r="E30" s="5">
+      <c r="D30" s="80">
+        <v>7561</v>
+      </c>
+      <c r="E30" s="60">
+        <v>17505</v>
+      </c>
+      <c r="F30" s="62">
         <v>14015</v>
       </c>
-      <c r="F30" s="20">
-[...2 lines deleted...]
-      <c r="H30" s="77">
+      <c r="H30" s="55">
         <v>0.35784501468147584</v>
       </c>
-      <c r="I30" s="27"/>
-[...2 lines deleted...]
-      <c r="A31" s="7">
+      <c r="I30" s="76"/>
+      <c r="J30" s="60"/>
+      <c r="K30" s="77"/>
+      <c r="L30" s="74"/>
+      <c r="M30" s="60"/>
+      <c r="N30" s="59"/>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A31" s="4">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
-      <c r="B31" s="67" t="s">
+      <c r="B31" s="46" t="s">
         <v>39</v>
       </c>
-      <c r="C31" s="23">
+      <c r="C31" s="81">
         <v>39041</v>
       </c>
-      <c r="D31" s="5">
+      <c r="D31" s="80">
         <v>11169</v>
       </c>
-      <c r="E31" s="31">
+      <c r="E31" s="75">
         <v>-39938</v>
       </c>
-      <c r="F31" s="32">
+      <c r="F31" s="21">
         <v>67708</v>
       </c>
-      <c r="G31" s="2"/>
-      <c r="H31" s="78" t="s">
+      <c r="G31" s="1"/>
+      <c r="H31" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I31" s="27"/>
-[...2 lines deleted...]
-      <c r="A32" s="7">
+      <c r="I31" s="76"/>
+      <c r="J31" s="60"/>
+      <c r="K31" s="77"/>
+      <c r="L31" s="74"/>
+      <c r="M31" s="60"/>
+      <c r="N31" s="59"/>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A32" s="4">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
-      <c r="B32" s="7" t="s">
+      <c r="B32" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="33">
+      <c r="C32" s="80">
         <v>37350</v>
       </c>
-      <c r="D32" s="5">
-[...2 lines deleted...]
-      <c r="E32" s="5">
+      <c r="D32" s="80">
+        <v>2574</v>
+      </c>
+      <c r="E32" s="60">
+        <v>19954</v>
+      </c>
+      <c r="F32" s="62">
         <v>14893</v>
       </c>
-      <c r="F32" s="20">
-[...3 lines deleted...]
-      <c r="H32" s="77">
+      <c r="H32" s="55">
         <v>0.39874163319946454</v>
       </c>
-      <c r="I32" s="28"/>
-[...2 lines deleted...]
-      <c r="A33" s="7">
+      <c r="I32" s="76"/>
+      <c r="J32" s="60"/>
+      <c r="K32" s="77"/>
+      <c r="L32" s="74"/>
+      <c r="M32" s="60"/>
+      <c r="N32" s="59"/>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A33" s="4">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
-      <c r="B33" s="7" t="s">
+      <c r="B33" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="C33" s="33">
+      <c r="C33" s="80">
         <v>36567</v>
       </c>
-      <c r="D33" s="5">
-[...2 lines deleted...]
-      <c r="E33" s="5">
+      <c r="D33" s="80">
+        <v>7888</v>
+      </c>
+      <c r="E33" s="60">
+        <v>14754</v>
+      </c>
+      <c r="F33" s="62">
         <v>14019</v>
       </c>
-      <c r="F33" s="20">
-[...3 lines deleted...]
-      <c r="H33" s="77">
+      <c r="H33" s="55">
         <v>0.38337845598490439</v>
       </c>
-      <c r="I33" s="28"/>
-[...2 lines deleted...]
-      <c r="A34" s="7">
+      <c r="I33" s="76"/>
+      <c r="J33" s="60"/>
+      <c r="K33" s="77"/>
+      <c r="L33" s="74"/>
+      <c r="M33" s="60"/>
+      <c r="N33" s="59"/>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A34" s="4">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
-      <c r="B34" s="7" t="s">
+      <c r="B34" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C34" s="33">
+      <c r="C34" s="80">
         <v>35476</v>
       </c>
-      <c r="D34" s="5">
+      <c r="D34" s="80">
         <v>13345</v>
       </c>
-      <c r="E34" s="5">
+      <c r="E34" s="73">
         <v>467</v>
       </c>
-      <c r="F34" s="20">
+      <c r="F34" s="15">
         <v>21698</v>
       </c>
-      <c r="G34" s="4"/>
-      <c r="H34" s="77">
+      <c r="H34" s="55">
         <v>0.61162476040139813</v>
       </c>
-      <c r="I34" s="28"/>
-[...2 lines deleted...]
-      <c r="A35" s="7">
+      <c r="I34" s="76"/>
+      <c r="J34" s="60"/>
+      <c r="K34" s="77"/>
+      <c r="L34" s="74"/>
+      <c r="M34" s="60"/>
+      <c r="N34" s="59"/>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A35" s="4">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
-      <c r="B35" s="7" t="s">
+      <c r="B35" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C35" s="33">
+      <c r="C35" s="80">
         <v>31748</v>
       </c>
-      <c r="D35" s="5">
+      <c r="D35" s="80">
         <v>11537</v>
       </c>
-      <c r="E35" s="5">
+      <c r="E35" s="73">
         <v>-2635</v>
       </c>
-      <c r="F35" s="20">
+      <c r="F35" s="15">
         <v>22753</v>
       </c>
-      <c r="G35" s="4"/>
-      <c r="H35" s="77">
+      <c r="H35" s="55">
         <v>0.71667506614589893</v>
       </c>
-      <c r="I35" s="28"/>
-[...2 lines deleted...]
-      <c r="A36" s="7">
+      <c r="I35" s="76"/>
+      <c r="J35" s="60"/>
+      <c r="K35" s="77"/>
+      <c r="L35" s="74"/>
+      <c r="M35" s="60"/>
+      <c r="N35" s="59"/>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A36" s="4">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
-      <c r="B36" s="67" t="s">
+      <c r="B36" s="46" t="s">
         <v>40</v>
       </c>
-      <c r="C36" s="23">
+      <c r="C36" s="81">
         <v>30988</v>
       </c>
-      <c r="D36" s="5">
+      <c r="D36" s="80">
         <v>2249</v>
       </c>
-      <c r="E36" s="31">
+      <c r="E36" s="75">
         <v>-11626</v>
       </c>
-      <c r="F36" s="32">
+      <c r="F36" s="21">
         <v>40347</v>
       </c>
-      <c r="G36" s="2"/>
-      <c r="H36" s="78" t="s">
+      <c r="G36" s="1"/>
+      <c r="H36" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I36" s="28"/>
-[...2 lines deleted...]
-      <c r="A37" s="7">
+      <c r="I36" s="76"/>
+      <c r="J36" s="60"/>
+      <c r="K36" s="77"/>
+      <c r="L36" s="74"/>
+      <c r="M36" s="60"/>
+      <c r="N36" s="59"/>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A37" s="4">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
-      <c r="B37" s="74" t="s">
+      <c r="B37" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="C37" s="33">
+      <c r="C37" s="80">
         <v>30348</v>
       </c>
-      <c r="D37" s="5">
+      <c r="D37" s="80">
         <v>7897</v>
       </c>
-      <c r="E37" s="5">
+      <c r="E37" s="73">
         <v>-854</v>
       </c>
-      <c r="F37" s="20">
+      <c r="F37" s="15">
         <v>23395</v>
       </c>
-      <c r="G37" s="2"/>
-      <c r="H37" s="77">
+      <c r="G37" s="1"/>
+      <c r="H37" s="55">
         <v>0.77089099775932513</v>
       </c>
-      <c r="I37" s="28"/>
-[...2 lines deleted...]
-      <c r="A38" s="7">
+      <c r="I37" s="76"/>
+      <c r="J37" s="60"/>
+      <c r="K37" s="77"/>
+      <c r="L37" s="74"/>
+      <c r="M37" s="60"/>
+      <c r="N37" s="59"/>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A38" s="4">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
-      <c r="B38" s="67" t="s">
+      <c r="B38" s="46" t="s">
         <v>41</v>
       </c>
-      <c r="C38" s="23">
+      <c r="C38" s="81">
         <v>30006</v>
       </c>
-      <c r="D38" s="5">
+      <c r="D38" s="80">
         <v>6871</v>
       </c>
-      <c r="E38" s="31">
+      <c r="E38" s="75">
         <v>-21745</v>
       </c>
-      <c r="F38" s="32">
+      <c r="F38" s="21">
         <v>44829</v>
       </c>
-      <c r="G38" s="2"/>
-      <c r="H38" s="78" t="s">
+      <c r="G38" s="1"/>
+      <c r="H38" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I38" s="28"/>
-[...2 lines deleted...]
-      <c r="A39" s="7">
+      <c r="I38" s="76"/>
+      <c r="J38" s="60"/>
+      <c r="K38" s="77"/>
+      <c r="L38" s="74"/>
+      <c r="M38" s="60"/>
+      <c r="N38" s="59"/>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A39" s="4">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
-      <c r="B39" s="67" t="s">
+      <c r="B39" s="46" t="s">
         <v>17</v>
       </c>
-      <c r="C39" s="23">
+      <c r="C39" s="81">
         <v>28663</v>
       </c>
-      <c r="D39" s="5">
+      <c r="D39" s="80">
         <v>4695</v>
       </c>
-      <c r="E39" s="31">
+      <c r="E39" s="75">
         <v>577</v>
       </c>
-      <c r="F39" s="32">
+      <c r="F39" s="21">
         <v>23456</v>
       </c>
-      <c r="G39" s="2"/>
-      <c r="H39" s="77">
+      <c r="G39" s="1"/>
+      <c r="H39" s="55">
         <v>0.81833722918047658</v>
       </c>
-      <c r="I39" s="28"/>
-[...2 lines deleted...]
-      <c r="A40" s="7">
+      <c r="I39" s="76"/>
+      <c r="J39" s="60"/>
+      <c r="K39" s="77"/>
+      <c r="L39" s="74"/>
+      <c r="M39" s="60"/>
+      <c r="N39" s="59"/>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A40" s="4">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
-      <c r="B40" s="7" t="s">
+      <c r="B40" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="C40" s="33">
+      <c r="C40" s="80">
         <v>26661</v>
       </c>
-      <c r="D40" s="5">
+      <c r="D40" s="80">
         <v>8646</v>
       </c>
-      <c r="E40" s="5">
+      <c r="E40" s="73">
         <v>3074</v>
       </c>
-      <c r="F40" s="20">
+      <c r="F40" s="15">
         <v>14997</v>
       </c>
-      <c r="G40" s="4"/>
-      <c r="H40" s="77">
+      <c r="H40" s="55">
         <v>0.56250703274445824</v>
       </c>
-      <c r="I40" s="28"/>
-[...2 lines deleted...]
-      <c r="A41" s="7">
+      <c r="I40" s="76"/>
+      <c r="J40" s="60"/>
+      <c r="K40" s="77"/>
+      <c r="L40" s="74"/>
+      <c r="M40" s="60"/>
+      <c r="N40" s="59"/>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A41" s="4">
         <f t="shared" si="0"/>
         <v>31</v>
       </c>
-      <c r="B41" s="7" t="s">
+      <c r="B41" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="C41" s="33">
+      <c r="C41" s="80">
         <v>24817</v>
       </c>
-      <c r="D41" s="5">
+      <c r="D41" s="80">
         <v>6895</v>
       </c>
-      <c r="E41" s="5">
+      <c r="E41" s="73">
         <v>4510</v>
       </c>
-      <c r="F41" s="20">
+      <c r="F41" s="15">
         <v>13330</v>
       </c>
-      <c r="G41" s="4"/>
-      <c r="H41" s="77">
+      <c r="H41" s="55">
         <v>0.53713180481121814</v>
       </c>
-      <c r="I41" s="28"/>
-[...2 lines deleted...]
-      <c r="A42" s="7">
+      <c r="I41" s="76"/>
+      <c r="J41" s="60"/>
+      <c r="K41" s="77"/>
+      <c r="L41" s="74"/>
+      <c r="M41" s="60"/>
+      <c r="N41" s="59"/>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A42" s="4">
         <f t="shared" si="0"/>
         <v>32</v>
       </c>
-      <c r="B42" s="67" t="s">
+      <c r="B42" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="C42" s="23">
+      <c r="C42" s="81">
         <v>20191</v>
       </c>
-      <c r="D42" s="5">
+      <c r="D42" s="80">
         <v>4550</v>
       </c>
-      <c r="E42" s="31">
+      <c r="E42" s="75">
         <v>-928</v>
       </c>
-      <c r="F42" s="32">
+      <c r="F42" s="21">
         <v>16571</v>
       </c>
-      <c r="G42" s="2"/>
-      <c r="H42" s="77">
+      <c r="G42" s="1"/>
+      <c r="H42" s="55">
         <v>0.82071219850428401</v>
       </c>
-      <c r="I42" s="28"/>
-[...2 lines deleted...]
-      <c r="A43" s="7">
+      <c r="I42" s="76"/>
+      <c r="J42" s="60"/>
+      <c r="K42" s="77"/>
+      <c r="L42" s="74"/>
+      <c r="M42" s="60"/>
+      <c r="N42" s="59"/>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A43" s="4">
         <f t="shared" si="0"/>
         <v>33</v>
       </c>
-      <c r="B43" s="67" t="s">
+      <c r="B43" s="46" t="s">
         <v>42</v>
       </c>
-      <c r="C43" s="23">
+      <c r="C43" s="81">
         <v>18081</v>
       </c>
-      <c r="D43" s="5">
+      <c r="D43" s="80">
         <v>7396</v>
       </c>
-      <c r="E43" s="31">
+      <c r="E43" s="75">
         <v>-8377</v>
       </c>
-      <c r="F43" s="32">
+      <c r="F43" s="21">
         <v>19124</v>
       </c>
-      <c r="G43" s="2"/>
-      <c r="H43" s="78" t="s">
+      <c r="G43" s="1"/>
+      <c r="H43" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I43" s="28"/>
-[...2 lines deleted...]
-      <c r="A44" s="7">
+      <c r="I43" s="76"/>
+      <c r="J43" s="60"/>
+      <c r="K43" s="77"/>
+      <c r="L43" s="74"/>
+      <c r="M43" s="60"/>
+      <c r="N43" s="59"/>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A44" s="4">
         <f t="shared" si="0"/>
         <v>34</v>
       </c>
-      <c r="B44" s="7" t="s">
+      <c r="B44" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="C44" s="33">
+      <c r="C44" s="80">
         <v>16739</v>
       </c>
-      <c r="D44" s="5">
-[...2 lines deleted...]
-      <c r="E44" s="5">
+      <c r="D44" s="80">
+        <v>2037</v>
+      </c>
+      <c r="E44" s="60">
+        <v>7346</v>
+      </c>
+      <c r="F44" s="62">
         <v>7368</v>
       </c>
-      <c r="F44" s="20">
-[...2 lines deleted...]
-      <c r="H44" s="77">
+      <c r="H44" s="55">
         <v>0.44016966365971683</v>
       </c>
-      <c r="I44" s="28"/>
-[...2 lines deleted...]
-      <c r="A45" s="7">
+      <c r="I44" s="76"/>
+      <c r="J44" s="60"/>
+      <c r="K44" s="77"/>
+      <c r="L44" s="74"/>
+      <c r="M44" s="60"/>
+      <c r="N44" s="59"/>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A45" s="4">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
-      <c r="B45" s="67" t="s">
+      <c r="B45" s="46" t="s">
         <v>12</v>
       </c>
-      <c r="C45" s="23">
+      <c r="C45" s="81">
         <v>16505</v>
       </c>
-      <c r="D45" s="5">
+      <c r="D45" s="80">
         <v>864</v>
       </c>
-      <c r="E45" s="31">
+      <c r="E45" s="75">
         <v>541</v>
       </c>
-      <c r="F45" s="32">
+      <c r="F45" s="21">
         <v>15139</v>
       </c>
-      <c r="G45" s="2"/>
-      <c r="H45" s="77">
+      <c r="G45" s="1"/>
+      <c r="H45" s="55">
         <v>0.91723720084822791</v>
       </c>
-      <c r="I45" s="28"/>
-[...2 lines deleted...]
-      <c r="A46" s="7">
+      <c r="I45" s="76"/>
+      <c r="J45" s="60"/>
+      <c r="K45" s="77"/>
+      <c r="L45" s="74"/>
+      <c r="M45" s="60"/>
+      <c r="N45" s="59"/>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A46" s="4">
         <f t="shared" si="0"/>
         <v>36</v>
       </c>
-      <c r="B46" s="7" t="s">
+      <c r="B46" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="C46" s="33">
+      <c r="C46" s="80">
         <v>16341</v>
       </c>
-      <c r="D46" s="5">
-[...2 lines deleted...]
-      <c r="E46" s="5">
+      <c r="D46" s="80">
+        <v>4286</v>
+      </c>
+      <c r="E46" s="73">
+        <v>6233</v>
+      </c>
+      <c r="F46" s="62">
         <v>5822</v>
       </c>
-      <c r="F46" s="20">
-[...2 lines deleted...]
-      <c r="H46" s="77">
+      <c r="H46" s="55">
         <v>0.35628174530322504</v>
       </c>
-      <c r="I46" s="28"/>
-[...2 lines deleted...]
-      <c r="A47" s="7">
+      <c r="I46" s="76"/>
+      <c r="J46" s="60"/>
+      <c r="K46" s="77"/>
+      <c r="L46" s="74"/>
+      <c r="M46" s="60"/>
+      <c r="N46" s="59"/>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A47" s="4">
         <f t="shared" si="0"/>
         <v>37</v>
       </c>
-      <c r="B47" s="67" t="s">
+      <c r="B47" s="46" t="s">
         <v>43</v>
       </c>
-      <c r="C47" s="23">
+      <c r="C47" s="81">
         <v>16236</v>
       </c>
-      <c r="D47" s="5">
+      <c r="D47" s="80">
         <v>3369</v>
       </c>
-      <c r="E47" s="31">
+      <c r="E47" s="75">
         <v>-4976</v>
       </c>
-      <c r="F47" s="32">
+      <c r="F47" s="21">
         <v>17788</v>
       </c>
-      <c r="G47" s="2"/>
-      <c r="H47" s="78" t="s">
+      <c r="G47" s="1"/>
+      <c r="H47" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I47" s="28"/>
-[...2 lines deleted...]
-      <c r="A48" s="7">
+      <c r="I47" s="76"/>
+      <c r="J47" s="60"/>
+      <c r="K47" s="77"/>
+      <c r="L47" s="74"/>
+      <c r="M47" s="60"/>
+      <c r="N47" s="59"/>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A48" s="4">
         <f t="shared" si="0"/>
         <v>38</v>
       </c>
-      <c r="B48" s="67" t="s">
+      <c r="B48" s="46" t="s">
         <v>44</v>
       </c>
-      <c r="C48" s="23">
+      <c r="C48" s="81">
         <v>12909</v>
       </c>
-      <c r="D48" s="5">
+      <c r="D48" s="80">
         <v>12667</v>
       </c>
-      <c r="E48" s="31">
+      <c r="E48" s="75">
         <v>-23934</v>
       </c>
-      <c r="F48" s="32">
+      <c r="F48" s="21">
         <v>24226</v>
       </c>
-      <c r="G48" s="2"/>
-      <c r="H48" s="78" t="s">
+      <c r="G48" s="1"/>
+      <c r="H48" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I48" s="28"/>
-[...2 lines deleted...]
-      <c r="A49" s="7">
+      <c r="I48" s="76"/>
+      <c r="J48" s="60"/>
+      <c r="K48" s="77"/>
+      <c r="L48" s="74"/>
+      <c r="M48" s="60"/>
+      <c r="N48" s="59"/>
+    </row>
+    <row r="49" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A49" s="4">
         <f t="shared" si="0"/>
         <v>39</v>
       </c>
-      <c r="B49" s="67" t="s">
+      <c r="B49" s="46" t="s">
         <v>45</v>
       </c>
-      <c r="C49" s="23">
+      <c r="C49" s="81">
         <v>12419</v>
       </c>
-      <c r="D49" s="5">
+      <c r="D49" s="80">
         <v>-1180</v>
       </c>
-      <c r="E49" s="31">
+      <c r="E49" s="75">
         <v>44</v>
       </c>
-      <c r="F49" s="32">
+      <c r="F49" s="21">
         <v>13537</v>
       </c>
-      <c r="G49" s="2"/>
-      <c r="H49" s="78" t="s">
+      <c r="G49" s="1"/>
+      <c r="H49" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I49" s="28"/>
-[...2 lines deleted...]
-      <c r="A50" s="7">
+      <c r="I49" s="76"/>
+      <c r="J49" s="60"/>
+      <c r="K49" s="77"/>
+      <c r="L49" s="74"/>
+      <c r="M49" s="60"/>
+      <c r="N49" s="59"/>
+    </row>
+    <row r="50" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A50" s="4">
         <f t="shared" si="0"/>
         <v>40</v>
       </c>
-      <c r="B50" s="7" t="s">
+      <c r="B50" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="C50" s="33">
+      <c r="C50" s="80">
         <v>12144</v>
       </c>
-      <c r="D50" s="5">
+      <c r="D50" s="80">
         <v>4269</v>
       </c>
-      <c r="E50" s="5">
+      <c r="E50" s="73">
         <v>1329</v>
       </c>
-      <c r="F50" s="20">
+      <c r="F50" s="15">
         <v>6548</v>
       </c>
-      <c r="H50" s="77">
+      <c r="H50" s="55">
         <v>0.5391963109354414</v>
       </c>
-      <c r="I50" s="28"/>
-[...2 lines deleted...]
-      <c r="A51" s="7">
+      <c r="I50" s="76"/>
+      <c r="J50" s="60"/>
+      <c r="K50" s="77"/>
+      <c r="L50" s="74"/>
+      <c r="M50" s="60"/>
+      <c r="N50" s="59"/>
+    </row>
+    <row r="51" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A51" s="4">
         <f t="shared" si="0"/>
         <v>41</v>
       </c>
-      <c r="B51" s="7" t="s">
+      <c r="B51" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C51" s="33">
+      <c r="C51" s="80">
         <v>11726</v>
       </c>
-      <c r="D51" s="5">
+      <c r="D51" s="80">
         <v>3683</v>
       </c>
-      <c r="E51" s="5">
+      <c r="E51" s="73">
         <v>909</v>
       </c>
-      <c r="F51" s="20">
+      <c r="F51" s="15">
         <v>7102</v>
       </c>
-      <c r="H51" s="77">
+      <c r="H51" s="55">
         <v>0.60566263005287402</v>
       </c>
-      <c r="I51" s="28"/>
-[...2 lines deleted...]
-      <c r="A52" s="7">
+      <c r="I51" s="76"/>
+      <c r="J51" s="60"/>
+      <c r="K51" s="77"/>
+      <c r="L51" s="74"/>
+      <c r="M51" s="60"/>
+      <c r="N51" s="59"/>
+    </row>
+    <row r="52" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A52" s="4">
         <f t="shared" si="0"/>
         <v>42</v>
       </c>
-      <c r="B52" s="7" t="s">
+      <c r="B52" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C52" s="33">
+      <c r="C52" s="80">
         <v>11570</v>
       </c>
-      <c r="D52" s="5">
+      <c r="D52" s="80">
         <v>-873</v>
       </c>
-      <c r="E52" s="5">
+      <c r="E52" s="73">
         <v>4043</v>
       </c>
-      <c r="F52" s="20">
+      <c r="F52" s="15">
         <v>8351</v>
       </c>
-      <c r="H52" s="77">
+      <c r="H52" s="55">
         <v>0.72178046672428697</v>
       </c>
-      <c r="I52" s="28"/>
-[...2 lines deleted...]
-      <c r="A53" s="7">
+      <c r="I52" s="76"/>
+      <c r="J52" s="60"/>
+      <c r="K52" s="77"/>
+      <c r="L52" s="74"/>
+      <c r="M52" s="60"/>
+      <c r="N52" s="59"/>
+    </row>
+    <row r="53" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A53" s="4">
         <f t="shared" si="0"/>
         <v>43</v>
       </c>
-      <c r="B53" s="7" t="s">
+      <c r="B53" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="C53" s="33">
+      <c r="C53" s="80">
         <v>11537</v>
       </c>
-      <c r="D53" s="56">
-[...2 lines deleted...]
-      <c r="E53" s="56">
+      <c r="D53" s="80">
+        <v>1573</v>
+      </c>
+      <c r="E53" s="60">
+        <v>4538</v>
+      </c>
+      <c r="F53" s="62">
         <v>5424</v>
       </c>
-      <c r="F53" s="65">
-[...3 lines deleted...]
-      <c r="H53" s="77">
+      <c r="H53" s="55">
         <v>0.4701395510097946</v>
       </c>
-      <c r="I53" s="28"/>
-[...2 lines deleted...]
-      <c r="A54" s="7">
+      <c r="I53" s="76"/>
+      <c r="J53" s="60"/>
+      <c r="K53" s="77"/>
+      <c r="L53" s="74"/>
+      <c r="M53" s="60"/>
+      <c r="N53" s="59"/>
+    </row>
+    <row r="54" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A54" s="4">
         <f t="shared" si="0"/>
         <v>44</v>
       </c>
-      <c r="B54" s="67" t="s">
+      <c r="B54" s="46" t="s">
         <v>46</v>
       </c>
-      <c r="C54" s="23">
+      <c r="C54" s="81">
         <v>11337</v>
       </c>
-      <c r="D54" s="5">
+      <c r="D54" s="80">
         <v>4003</v>
       </c>
-      <c r="E54" s="31">
+      <c r="E54" s="75">
         <v>-8427</v>
       </c>
-      <c r="F54" s="32">
+      <c r="F54" s="21">
         <v>15740</v>
       </c>
-      <c r="G54" s="2"/>
-      <c r="H54" s="78" t="s">
+      <c r="G54" s="1"/>
+      <c r="H54" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I54" s="28"/>
-[...2 lines deleted...]
-      <c r="A55" s="7">
+      <c r="I54" s="78"/>
+      <c r="J54" s="60"/>
+      <c r="K54" s="77"/>
+      <c r="L54" s="74"/>
+      <c r="M54" s="60"/>
+      <c r="N54" s="59"/>
+    </row>
+    <row r="55" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A55" s="4">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
-      <c r="B55" s="67" t="s">
+      <c r="B55" s="46" t="s">
         <v>47</v>
       </c>
-      <c r="C55" s="23">
+      <c r="C55" s="81">
         <v>9048</v>
       </c>
-      <c r="D55" s="5">
+      <c r="D55" s="80">
         <v>-265</v>
       </c>
-      <c r="E55" s="31">
+      <c r="E55" s="75">
         <v>-1496</v>
       </c>
-      <c r="F55" s="32">
+      <c r="F55" s="21">
         <v>10784</v>
       </c>
-      <c r="G55" s="2"/>
-      <c r="H55" s="78" t="s">
+      <c r="G55" s="1"/>
+      <c r="H55" s="55" t="s">
         <v>57</v>
       </c>
-      <c r="I55" s="28"/>
-[...2 lines deleted...]
-      <c r="A56" s="7">
+      <c r="I55" s="78"/>
+      <c r="J55" s="60"/>
+      <c r="K55" s="77"/>
+      <c r="L55" s="74"/>
+      <c r="M55" s="60"/>
+      <c r="N55" s="59"/>
+    </row>
+    <row r="56" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A56" s="4">
         <f t="shared" si="0"/>
         <v>46</v>
       </c>
-      <c r="B56" s="67" t="s">
+      <c r="B56" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="C56" s="23">
+      <c r="C56" s="81">
         <v>6563</v>
       </c>
-      <c r="D56" s="5">
+      <c r="D56" s="80">
         <v>2318</v>
       </c>
-      <c r="E56" s="31">
+      <c r="E56" s="75">
         <v>-3694</v>
       </c>
-      <c r="F56" s="32">
+      <c r="F56" s="21">
         <v>7936</v>
       </c>
-      <c r="G56" s="2"/>
-      <c r="H56" s="78" t="s">
+      <c r="G56" s="1"/>
+      <c r="H56" s="55" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="7">
+      <c r="I56" s="78"/>
+      <c r="J56" s="60"/>
+      <c r="K56" s="77"/>
+      <c r="L56" s="74"/>
+      <c r="M56" s="60"/>
+      <c r="N56" s="59"/>
+    </row>
+    <row r="57" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A57" s="4">
         <f t="shared" ref="A57:A65" si="1">1+A56</f>
         <v>47</v>
       </c>
-      <c r="B57" s="67" t="s">
+      <c r="B57" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="C57" s="23">
+      <c r="C57" s="81">
         <v>6420</v>
       </c>
-      <c r="D57" s="5">
+      <c r="D57" s="80">
         <v>-2209</v>
       </c>
-      <c r="E57" s="31">
+      <c r="E57" s="75">
         <v>-3759</v>
       </c>
-      <c r="F57" s="32">
+      <c r="F57" s="21">
         <v>12375</v>
       </c>
-      <c r="G57" s="2"/>
-      <c r="H57" s="78" t="s">
+      <c r="G57" s="1"/>
+      <c r="H57" s="55" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="7">
+      <c r="I57" s="78"/>
+      <c r="J57" s="60"/>
+      <c r="K57" s="77"/>
+      <c r="L57" s="74"/>
+      <c r="M57" s="60"/>
+      <c r="N57" s="59"/>
+    </row>
+    <row r="58" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A58" s="4">
         <f t="shared" si="1"/>
         <v>48</v>
       </c>
-      <c r="B58" s="7" t="s">
+      <c r="B58" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C58" s="33">
+      <c r="C58" s="80">
         <v>6382</v>
       </c>
-      <c r="D58" s="5">
+      <c r="D58" s="80">
         <v>441</v>
       </c>
-      <c r="E58" s="5">
+      <c r="E58" s="73">
         <v>2205</v>
       </c>
-      <c r="F58" s="20">
+      <c r="F58" s="15">
         <v>3751</v>
       </c>
-      <c r="G58" s="4"/>
-      <c r="H58" s="77">
+      <c r="H58" s="55">
         <v>0.58774678784080225</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="7">
+      <c r="I58" s="76"/>
+      <c r="J58" s="60"/>
+      <c r="K58" s="77"/>
+      <c r="L58" s="74"/>
+      <c r="M58" s="60"/>
+      <c r="N58" s="59"/>
+    </row>
+    <row r="59" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A59" s="4">
         <f t="shared" si="1"/>
         <v>49</v>
       </c>
-      <c r="B59" s="67" t="s">
+      <c r="B59" s="46" t="s">
         <v>14</v>
       </c>
-      <c r="C59" s="23">
+      <c r="C59" s="81">
         <v>6256</v>
       </c>
-      <c r="D59" s="5">
+      <c r="D59" s="80">
         <v>6504</v>
       </c>
-      <c r="E59" s="31">
+      <c r="E59" s="75">
         <v>-5725</v>
       </c>
-      <c r="F59" s="32">
+      <c r="F59" s="21">
         <v>5447</v>
       </c>
-      <c r="G59" s="2"/>
-      <c r="H59" s="77">
+      <c r="G59" s="1"/>
+      <c r="H59" s="55">
         <v>0.87068414322250642</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A60" s="7">
+      <c r="I59" s="76"/>
+      <c r="J59" s="60"/>
+      <c r="K59" s="77"/>
+      <c r="L59" s="74"/>
+      <c r="M59" s="60"/>
+      <c r="N59" s="59"/>
+    </row>
+    <row r="60" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A60" s="4">
         <f t="shared" si="1"/>
         <v>50</v>
       </c>
-      <c r="B60" s="67" t="s">
+      <c r="B60" s="46" t="s">
         <v>11</v>
       </c>
-      <c r="C60" s="23">
+      <c r="C60" s="81">
         <v>5866</v>
       </c>
-      <c r="D60" s="5">
+      <c r="D60" s="80">
         <v>4071</v>
       </c>
-      <c r="E60" s="31">
+      <c r="E60" s="75">
         <v>-3544</v>
       </c>
-      <c r="F60" s="32">
+      <c r="F60" s="21">
         <v>5388</v>
       </c>
-      <c r="G60" s="2"/>
-      <c r="H60" s="77">
+      <c r="G60" s="1"/>
+      <c r="H60" s="55">
         <v>0.9185134674394817</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A61" s="7">
+      <c r="I60" s="76"/>
+      <c r="J60" s="60"/>
+      <c r="K60" s="77"/>
+      <c r="L60" s="74"/>
+      <c r="M60" s="60"/>
+      <c r="N60" s="59"/>
+    </row>
+    <row r="61" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A61" s="4">
         <f t="shared" si="1"/>
         <v>51</v>
       </c>
-      <c r="B61" s="67" t="s">
+      <c r="B61" s="46" t="s">
         <v>50</v>
       </c>
-      <c r="C61" s="23">
+      <c r="C61" s="81">
         <v>5605</v>
       </c>
-      <c r="D61" s="5">
+      <c r="D61" s="80">
         <v>-1702</v>
       </c>
-      <c r="E61" s="31">
+      <c r="E61" s="75">
         <v>-3488</v>
       </c>
-      <c r="F61" s="32">
+      <c r="F61" s="21">
         <v>10825</v>
       </c>
-      <c r="G61" s="2"/>
-      <c r="H61" s="78" t="s">
+      <c r="G61" s="1"/>
+      <c r="H61" s="55" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A62" s="7">
+      <c r="I61" s="78"/>
+      <c r="J61" s="60"/>
+      <c r="K61" s="77"/>
+      <c r="L61" s="74"/>
+      <c r="M61" s="60"/>
+      <c r="N61" s="59"/>
+    </row>
+    <row r="62" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A62" s="4">
         <f t="shared" si="1"/>
         <v>52</v>
       </c>
-      <c r="B62" s="67" t="s">
+      <c r="B62" s="46" t="s">
         <v>51</v>
       </c>
-      <c r="C62" s="23">
+      <c r="C62" s="81">
         <v>2403</v>
       </c>
-      <c r="D62" s="5">
+      <c r="D62" s="80">
         <v>-88</v>
       </c>
-      <c r="E62" s="31">
+      <c r="E62" s="75">
         <v>-1735</v>
       </c>
-      <c r="F62" s="32">
+      <c r="F62" s="21">
         <v>4236</v>
       </c>
-      <c r="G62" s="2"/>
-      <c r="H62" s="78" t="s">
+      <c r="G62" s="1"/>
+      <c r="H62" s="55" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A63" s="7">
+      <c r="I62" s="78"/>
+      <c r="J62" s="60"/>
+      <c r="K62" s="77"/>
+      <c r="L62" s="74"/>
+      <c r="M62" s="60"/>
+      <c r="N62" s="59"/>
+    </row>
+    <row r="63" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A63" s="4">
         <f t="shared" si="1"/>
         <v>53</v>
       </c>
-      <c r="B63" s="67" t="s">
+      <c r="B63" s="46" t="s">
         <v>52</v>
       </c>
-      <c r="C63" s="23">
+      <c r="C63" s="81">
         <v>2102</v>
       </c>
-      <c r="D63" s="5">
+      <c r="D63" s="80">
         <v>-1233</v>
       </c>
-      <c r="E63" s="31">
+      <c r="E63" s="75">
         <v>-2481</v>
       </c>
-      <c r="F63" s="32">
+      <c r="F63" s="21">
         <v>5798</v>
       </c>
-      <c r="H63" s="78" t="s">
+      <c r="H63" s="55" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A64" s="7">
+      <c r="I63" s="78"/>
+      <c r="J63" s="60"/>
+      <c r="K63" s="77"/>
+      <c r="L63" s="74"/>
+      <c r="M63" s="60"/>
+      <c r="N63" s="59"/>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A64" s="4">
         <f t="shared" si="1"/>
         <v>54</v>
       </c>
-      <c r="B64" s="67" t="s">
+      <c r="B64" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="C64" s="23">
+      <c r="C64" s="81">
         <v>448</v>
       </c>
-      <c r="D64" s="5">
+      <c r="D64" s="80">
         <v>-7606</v>
       </c>
-      <c r="E64" s="31">
+      <c r="E64" s="75">
         <v>-2022</v>
       </c>
-      <c r="F64" s="32">
+      <c r="F64" s="21">
         <v>10093</v>
       </c>
-      <c r="G64" s="2"/>
-      <c r="H64" s="78" t="s">
+      <c r="G64" s="1"/>
+      <c r="H64" s="55" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A65" s="7">
+      <c r="I64" s="78"/>
+      <c r="J64" s="60"/>
+      <c r="K64" s="77"/>
+      <c r="L64" s="74"/>
+      <c r="M64" s="60"/>
+      <c r="N64" s="59"/>
+    </row>
+    <row r="65" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="4">
         <f t="shared" si="1"/>
         <v>55</v>
       </c>
-      <c r="B65" s="68" t="s">
+      <c r="B65" s="47" t="s">
         <v>72</v>
       </c>
-      <c r="C65" s="34">
+      <c r="C65" s="82">
         <v>-1103</v>
       </c>
-      <c r="D65" s="35">
-[...2 lines deleted...]
-      <c r="E65" s="35">
+      <c r="D65" s="82">
+        <v>2986</v>
+      </c>
+      <c r="E65" s="22">
+        <v>-9674</v>
+      </c>
+      <c r="F65" s="63">
         <v>5641</v>
       </c>
-      <c r="F65" s="26">
-[...2 lines deleted...]
-      <c r="H65" s="79" t="s">
+      <c r="H65" s="56" t="s">
         <v>74</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B67" s="69" t="s">
+      <c r="I65" s="76"/>
+      <c r="J65" s="60"/>
+      <c r="K65" s="77"/>
+      <c r="L65" s="74"/>
+      <c r="M65" s="60"/>
+      <c r="N65" s="59"/>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="I66" s="59"/>
+      <c r="J66" s="59"/>
+      <c r="K66" s="77"/>
+      <c r="L66" s="59"/>
+      <c r="M66" s="59"/>
+      <c r="N66" s="59"/>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B67" s="48" t="s">
         <v>75</v>
       </c>
-      <c r="C67" s="69"/>
-[...30 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="C67" s="48"/>
+      <c r="D67" s="49"/>
+      <c r="E67" s="49"/>
+      <c r="F67" s="49"/>
+      <c r="G67" s="49"/>
+      <c r="H67" s="50"/>
+      <c r="I67" s="50"/>
+      <c r="J67" s="50"/>
+      <c r="K67" s="64"/>
+      <c r="L67" s="61"/>
+      <c r="M67" s="61"/>
+      <c r="N67" s="9"/>
+      <c r="O67" s="9"/>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="L68" s="59"/>
+      <c r="M68" s="59"/>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="L69" s="59"/>
+      <c r="M69" s="59"/>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="L70" s="59"/>
+      <c r="M70" s="59"/>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="L71" s="59"/>
+      <c r="M71" s="59"/>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="L72" s="59"/>
+      <c r="M72" s="59"/>
+    </row>
+    <row r="73" spans="1:15" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H73" s="57"/>
+      <c r="I73" s="34"/>
+      <c r="J73" s="34"/>
+      <c r="K73" s="68"/>
+      <c r="L73" s="59"/>
+      <c r="M73" s="59"/>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="H74" s="58"/>
+      <c r="I74" s="35"/>
+      <c r="J74" s="35"/>
+      <c r="K74" s="69"/>
+      <c r="L74" s="59"/>
+      <c r="M74" s="59"/>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="I75" s="36"/>
+      <c r="J75" s="36"/>
+      <c r="K75" s="70"/>
+      <c r="L75" s="59"/>
+      <c r="M75" s="59"/>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="I76" s="36"/>
+      <c r="J76" s="36"/>
+      <c r="K76" s="70"/>
+      <c r="L76" s="59"/>
+      <c r="M76" s="59"/>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="I77" s="37"/>
+      <c r="J77" s="37"/>
+      <c r="K77" s="71"/>
+      <c r="L77" s="59"/>
+      <c r="M77" s="59"/>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A78" t="s">
         <v>62</v>
       </c>
-      <c r="H78" s="63"/>
-[...29 lines deleted...]
-      <c r="H87" s="63"/>
+      <c r="I78" s="36"/>
+      <c r="J78" s="36"/>
+      <c r="K78" s="70"/>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="I79" s="38"/>
+      <c r="J79" s="38"/>
+      <c r="K79" s="72"/>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="H80" s="45"/>
+      <c r="I80" s="38"/>
+      <c r="J80" s="38"/>
+      <c r="K80" s="72"/>
     </row>
   </sheetData>
-  <sortState ref="B11:H65">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B11:H65">
     <sortCondition descending="1" ref="C11:C65"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="H73:H74"/>
   </mergeCells>
   <pageMargins left="0" right="0.5" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup scale="72" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>